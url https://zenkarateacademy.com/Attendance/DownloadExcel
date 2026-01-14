--- v0 (2025-10-01)
+++ v1 (2026-01-14)
@@ -14,77 +14,77 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="9302"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="240" yWindow="120" windowWidth="14940" windowHeight="9225" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames/>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="375" uniqueCount="157">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="435" uniqueCount="182">
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>StudientID</t>
   </si>
   <si>
     <t>StudentName</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DaillyAttendance</t>
   </si>
   <si>
     <t>Boyds MD</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>SAHARSH  MIRYALA</t>
   </si>
   <si>
-    <t>09/30/2025</t>
+    <t>01/14/2026</t>
   </si>
   <si>
     <t>Attended</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>GAURI  VELLANOORE</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>RISHI  LODUGU</t>
   </si>
   <si>
     <t>Clarksburg MD</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>SATHVIK  DASARI</t>
   </si>
@@ -478,57 +478,132 @@
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>KEERTANA  MANOJ</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t xml:space="preserve">GUNAV VENKAT BODDAPATI </t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
     <t xml:space="preserve">SOHAN GIDDA BODDAPATI </t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>AADHYA  YANDA</t>
   </si>
   <si>
-    <t>1258</t>
-[...1 lines deleted...]
-  <si>
     <t>1259</t>
   </si>
   <si>
     <t>SMRITI   MENON</t>
+  </si>
+  <si>
+    <t>1260</t>
+  </si>
+  <si>
+    <t>AAHIL   SHAIK</t>
+  </si>
+  <si>
+    <t>1261</t>
+  </si>
+  <si>
+    <t>AMUDHINI  RAGUL</t>
+  </si>
+  <si>
+    <t>1262</t>
+  </si>
+  <si>
+    <t>MAHANYASRI   KATTA</t>
+  </si>
+  <si>
+    <t>1263</t>
+  </si>
+  <si>
+    <t>REVANSH   MANYAM</t>
+  </si>
+  <si>
+    <t>Brighton Village Dojo</t>
+  </si>
+  <si>
+    <t>1264</t>
+  </si>
+  <si>
+    <t>AHANA  BAISAKH</t>
+  </si>
+  <si>
+    <t>1265</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RIFAS AHAMED   JAFFAR SADIQ </t>
+  </si>
+  <si>
+    <t>1266</t>
+  </si>
+  <si>
+    <t>BHARAT  PAL</t>
+  </si>
+  <si>
+    <t>1267</t>
+  </si>
+  <si>
+    <t>ADARSH  SHARMA</t>
+  </si>
+  <si>
+    <t>1268</t>
+  </si>
+  <si>
+    <t>VIDHYUTH  RAM</t>
+  </si>
+  <si>
+    <t>1269</t>
+  </si>
+  <si>
+    <t>SRICHARAN  MADHUSUDANAN</t>
+  </si>
+  <si>
+    <t>1270</t>
+  </si>
+  <si>
+    <t>RAIFAH  JAFFAR SADIQ</t>
+  </si>
+  <si>
+    <t>1271</t>
+  </si>
+  <si>
+    <t>1272</t>
+  </si>
+  <si>
+    <t>AMREEN KAUR BRAR</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -945,59 +1020,59 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:E75"/>
+  <dimension ref="A1:E87"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" topLeftCell="A1"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultColWidthPt="48.75" defaultRowHeight="12.75"/>
   <cols>
-    <col min="1" max="1" width="13.57421875" widthPt="71.25" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="18.57421875" widthPt="97.5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="9.8515625" widthPt="51.75" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="29.57421875" widthPt="155.25" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="30.8515625" widthPt="162" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10.421875" widthPt="54.75" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.28125" widthPt="80.25" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="12.75">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5" ht="12.75">
       <c r="A2" t="s">
         <v>5</v>
       </c>
@@ -2201,79 +2276,283 @@
         <v>8</v>
       </c>
       <c r="E72" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:5" ht="12.75">
       <c r="A73" t="s">
         <v>5</v>
       </c>
       <c r="B73" t="s">
         <v>152</v>
       </c>
       <c r="C73" t="s">
         <v>153</v>
       </c>
       <c r="D73" t="s">
         <v>8</v>
       </c>
       <c r="E73" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:5" ht="12.75">
       <c r="A74" t="s">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="B74" t="s">
         <v>154</v>
       </c>
       <c r="C74" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="D74" t="s">
         <v>8</v>
       </c>
       <c r="E74" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:5" ht="12.75">
       <c r="A75" t="s">
         <v>14</v>
       </c>
       <c r="B75" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C75" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D75" t="s">
         <v>8</v>
       </c>
       <c r="E75" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" ht="12.75">
+      <c r="A76" t="s">
+        <v>5</v>
+      </c>
+      <c r="B76" t="s">
+        <v>158</v>
+      </c>
+      <c r="C76" t="s">
+        <v>159</v>
+      </c>
+      <c r="D76" t="s">
+        <v>8</v>
+      </c>
+      <c r="E76" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="77" spans="1:5" ht="12.75">
+      <c r="A77" t="s">
+        <v>14</v>
+      </c>
+      <c r="B77" t="s">
+        <v>160</v>
+      </c>
+      <c r="C77" t="s">
+        <v>161</v>
+      </c>
+      <c r="D77" t="s">
+        <v>8</v>
+      </c>
+      <c r="E77" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="78" spans="1:5" ht="12.75">
+      <c r="A78" t="s">
+        <v>14</v>
+      </c>
+      <c r="B78" t="s">
+        <v>162</v>
+      </c>
+      <c r="C78" t="s">
+        <v>163</v>
+      </c>
+      <c r="D78" t="s">
+        <v>8</v>
+      </c>
+      <c r="E78" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="79" spans="1:5" ht="12.75">
+      <c r="A79" t="s">
+        <v>164</v>
+      </c>
+      <c r="B79" t="s">
+        <v>165</v>
+      </c>
+      <c r="C79" t="s">
+        <v>166</v>
+      </c>
+      <c r="D79" t="s">
+        <v>8</v>
+      </c>
+      <c r="E79" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="80" spans="1:5" ht="12.75">
+      <c r="A80" t="s">
+        <v>164</v>
+      </c>
+      <c r="B80" t="s">
+        <v>167</v>
+      </c>
+      <c r="C80" t="s">
+        <v>168</v>
+      </c>
+      <c r="D80" t="s">
+        <v>8</v>
+      </c>
+      <c r="E80" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="81" spans="1:5" ht="12.75">
+      <c r="A81" t="s">
+        <v>164</v>
+      </c>
+      <c r="B81" t="s">
+        <v>169</v>
+      </c>
+      <c r="C81" t="s">
+        <v>170</v>
+      </c>
+      <c r="D81" t="s">
+        <v>8</v>
+      </c>
+      <c r="E81" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="82" spans="1:5" ht="12.75">
+      <c r="A82" t="s">
+        <v>164</v>
+      </c>
+      <c r="B82" t="s">
+        <v>171</v>
+      </c>
+      <c r="C82" t="s">
+        <v>172</v>
+      </c>
+      <c r="D82" t="s">
+        <v>8</v>
+      </c>
+      <c r="E82" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="83" spans="1:5" ht="12.75">
+      <c r="A83" t="s">
+        <v>14</v>
+      </c>
+      <c r="B83" t="s">
+        <v>173</v>
+      </c>
+      <c r="C83" t="s">
+        <v>174</v>
+      </c>
+      <c r="D83" t="s">
+        <v>8</v>
+      </c>
+      <c r="E83" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="84" spans="1:5" ht="12.75">
+      <c r="A84" t="s">
+        <v>164</v>
+      </c>
+      <c r="B84" t="s">
+        <v>175</v>
+      </c>
+      <c r="C84" t="s">
+        <v>176</v>
+      </c>
+      <c r="D84" t="s">
+        <v>8</v>
+      </c>
+      <c r="E84" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="85" spans="1:5" ht="12.75">
+      <c r="A85" t="s">
+        <v>164</v>
+      </c>
+      <c r="B85" t="s">
+        <v>177</v>
+      </c>
+      <c r="C85" t="s">
+        <v>178</v>
+      </c>
+      <c r="D85" t="s">
+        <v>8</v>
+      </c>
+      <c r="E85" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="86" spans="1:5" ht="12.75">
+      <c r="A86" t="s">
+        <v>164</v>
+      </c>
+      <c r="B86" t="s">
+        <v>179</v>
+      </c>
+      <c r="C86" t="s">
+        <v>172</v>
+      </c>
+      <c r="D86" t="s">
+        <v>8</v>
+      </c>
+      <c r="E86" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="87" spans="1:5" ht="12.75">
+      <c r="A87" t="s">
+        <v>5</v>
+      </c>
+      <c r="B87" t="s">
+        <v>180</v>
+      </c>
+      <c r="C87" t="s">
+        <v>181</v>
+      </c>
+      <c r="D87" t="s">
+        <v>8</v>
+      </c>
+      <c r="E87" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" topLeftCell="A1"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultColWidthPt="48.75" defaultRowHeight="12.75"/>
   <sheetData/>
   <printOptions/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>