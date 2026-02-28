--- v1 (2026-01-14)
+++ v2 (2026-02-28)
@@ -14,77 +14,77 @@
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="utf-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="9302"/>
   <workbookPr/>
   <bookViews>
     <workbookView xWindow="240" yWindow="120" windowWidth="14940" windowHeight="9225" activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
     <sheet name="Sheet2" sheetId="2" r:id="rId2"/>
     <sheet name="Sheet3" sheetId="3" r:id="rId3"/>
   </sheets>
   <definedNames/>
   <calcPr fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="435" uniqueCount="182">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="445" uniqueCount="185">
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>StudientID</t>
   </si>
   <si>
     <t>StudentName</t>
   </si>
   <si>
     <t>Date</t>
   </si>
   <si>
     <t>DaillyAttendance</t>
   </si>
   <si>
     <t>Boyds MD</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>SAHARSH  MIRYALA</t>
   </si>
   <si>
-    <t>01/14/2026</t>
+    <t>02/28/2026</t>
   </si>
   <si>
     <t>Attended</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>GAURI  VELLANOORE</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>RISHI  LODUGU</t>
   </si>
   <si>
     <t>Clarksburg MD</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>SATHVIK  DASARI</t>
   </si>
@@ -560,50 +560,59 @@
     <t>1268</t>
   </si>
   <si>
     <t>VIDHYUTH  RAM</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>SRICHARAN  MADHUSUDANAN</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
     <t>RAIFAH  JAFFAR SADIQ</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>AMREEN KAUR BRAR</t>
+  </si>
+  <si>
+    <t>1273</t>
+  </si>
+  <si>
+    <t xml:space="preserve">RAKSHAA  MAKESHKUMAR </t>
+  </si>
+  <si>
+    <t>1274</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
@@ -1020,51 +1029,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:E87"/>
+  <dimension ref="A1:E89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" topLeftCell="A1"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultColWidthPt="48.75" defaultRowHeight="12.75"/>
   <cols>
     <col min="1" max="1" width="18.57421875" widthPt="97.5" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="9.8515625" widthPt="51.75" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="30.8515625" widthPt="162" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="10.421875" widthPt="54.75" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="15.28125" widthPt="80.25" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="12.75">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
@@ -2509,50 +2518,84 @@
       </c>
       <c r="C86" t="s">
         <v>172</v>
       </c>
       <c r="D86" t="s">
         <v>8</v>
       </c>
       <c r="E86" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="87" spans="1:5" ht="12.75">
       <c r="A87" t="s">
         <v>5</v>
       </c>
       <c r="B87" t="s">
         <v>180</v>
       </c>
       <c r="C87" t="s">
         <v>181</v>
       </c>
       <c r="D87" t="s">
         <v>8</v>
       </c>
       <c r="E87" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="88" spans="1:5" ht="12.75">
+      <c r="A88" t="s">
+        <v>14</v>
+      </c>
+      <c r="B88" t="s">
+        <v>182</v>
+      </c>
+      <c r="C88" t="s">
+        <v>183</v>
+      </c>
+      <c r="D88" t="s">
+        <v>8</v>
+      </c>
+      <c r="E88" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5" ht="12.75">
+      <c r="A89" t="s">
+        <v>14</v>
+      </c>
+      <c r="B89" t="s">
+        <v>184</v>
+      </c>
+      <c r="C89" t="s">
+        <v>183</v>
+      </c>
+      <c r="D89" t="s">
+        <v>8</v>
+      </c>
+      <c r="E89" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:A1"/>
   <sheetViews>
     <sheetView workbookViewId="0" topLeftCell="A1"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.28515625" defaultColWidthPt="48.75" defaultRowHeight="12.75"/>
   <sheetData/>
   <printOptions/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" paperSize="9"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>